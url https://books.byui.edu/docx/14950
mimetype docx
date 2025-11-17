--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-C7RqwRuL71LvDfzWVewx3.png"/>
+            <wp:docPr id="2" name="image-6KZV0u6rrTbN1--oPI1VP.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-C7RqwRuL71LvDfzWVewx3.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-6KZV0u6rrTbN1--oPI1VP.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-OJxeKkc0i83mv_n75vERQ.png"/>
+            <wp:docPr id="4" name="image-XC2xUdMog1AW770kELyLH.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-OJxeKkc0i83mv_n75vERQ.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-XC2xUdMog1AW770kELyLH.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-Fdjt2vQfp4zmYADKibn0e.png"/>
+            <wp:docPr id="6" name="image-WPOEeTY7Up58uo_kpQg49.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-Fdjt2vQfp4zmYADKibn0e.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-WPOEeTY7Up58uo_kpQg49.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-fyCC-Zwy6DXEjQp-1JpOQ.png"/>
+                  <wp:docPr id="8" name="image-VCUjpqiNqdro7hYOT31Ay.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-fyCC-Zwy6DXEjQp-1JpOQ.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-VCUjpqiNqdro7hYOT31Ay.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-UPfVyt-Y4ugaYwcDKyhpk.png"/>
+                  <wp:docPr id="10" name="image-IY7b1NPn5HZVKcQlVL019.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-UPfVyt-Y4ugaYwcDKyhpk.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-IY7b1NPn5HZVKcQlVL019.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-V-6wRW7PazHlZK0LRXBbE.png"/>
+                  <wp:docPr id="12" name="image-9BirN05D843_a049SNTt8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-V-6wRW7PazHlZK0LRXBbE.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-9BirN05D843_a049SNTt8.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-QKtpI0aoZ1vCPnAg619Ib.png"/>
+                  <wp:docPr id="14" name="image-SIWx03iAystCj-zS1vACr.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-QKtpI0aoZ1vCPnAg619Ib.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-SIWx03iAystCj-zS1vACr.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-Z104H2isyWjzyywL_AqGM.png"/>
+                  <wp:docPr id="16" name="image-Zt9JRtVVmmtC_7mI106HA.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-Z104H2isyWjzyywL_AqGM.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-Zt9JRtVVmmtC_7mI106HA.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-enfIOUMUzV8SXb68HLCiM.png"/>
+                  <wp:docPr id="18" name="image-vrkHGuiEl4idFoxxXnKHU.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-enfIOUMUzV8SXb68HLCiM.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-vrkHGuiEl4idFoxxXnKHU.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-aYvZhGXjaGhigfJmY0CbL.png"/>
+            <wp:docPr id="20" name="image-_HZnE6eiEKdTbOwzlq_e_.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-aYvZhGXjaGhigfJmY0CbL.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-_HZnE6eiEKdTbOwzlq_e_.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-nWVP7oueAYLyXUIUDW4WJ.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aYvZhGXjaGhigfJmY0CbL.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fWyf-ZdqzPvi2aJoMimRv.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-6KZV0u6rrTbN1--oPI1VP.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-s_d6fhsUGVrWv6IYoNDZG.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-XC2xUdMog1AW770kELyLH.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YdMCbYeW2FIKlgtdVCqD5.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-WPOEeTY7Up58uo_kpQg49.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_KJ-_CMvAbalhtBnBA5wz.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-VCUjpqiNqdro7hYOT31Ay.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-X_ubQH7v1zAhWPpUf-BO_.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-IY7b1NPn5HZVKcQlVL019.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-djkN70-NDnGpLJDStozYH.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-9BirN05D843_a049SNTt8.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-0BjXVGDd774AuJKvr_s2m.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-SIWx03iAystCj-zS1vACr.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hhTIMwwgwyxKuiBt-FyTY.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Zt9JRtVVmmtC_7mI106HA.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-k7iiqEMrLS5Mgs-y-bdyf.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-vrkHGuiEl4idFoxxXnKHU.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-CNWd0Xkw27-Bf6nzPVdz8.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_HZnE6eiEKdTbOwzlq_e_.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>