--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-6KZV0u6rrTbN1--oPI1VP.png"/>
+            <wp:docPr id="2" name="image-FU8cWzT4q5AB4Yhg8j1-E.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-6KZV0u6rrTbN1--oPI1VP.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-FU8cWzT4q5AB4Yhg8j1-E.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-XC2xUdMog1AW770kELyLH.png"/>
+            <wp:docPr id="4" name="image-qCHaZxbj64m28Hiqaoj2F.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-XC2xUdMog1AW770kELyLH.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-qCHaZxbj64m28Hiqaoj2F.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-WPOEeTY7Up58uo_kpQg49.png"/>
+            <wp:docPr id="6" name="image-zZWdrf0KpIwx1aSNcnV0J.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-WPOEeTY7Up58uo_kpQg49.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-zZWdrf0KpIwx1aSNcnV0J.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-VCUjpqiNqdro7hYOT31Ay.png"/>
+                  <wp:docPr id="8" name="image-jJdsCp3ksQhCBREAl3tyV.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-VCUjpqiNqdro7hYOT31Ay.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-jJdsCp3ksQhCBREAl3tyV.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-IY7b1NPn5HZVKcQlVL019.png"/>
+                  <wp:docPr id="10" name="image-46QulkDa743kJq0Rq6A4a.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-IY7b1NPn5HZVKcQlVL019.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-46QulkDa743kJq0Rq6A4a.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-9BirN05D843_a049SNTt8.png"/>
+                  <wp:docPr id="12" name="image-OqanRpQhFRDRhJgsegQEk.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-9BirN05D843_a049SNTt8.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-OqanRpQhFRDRhJgsegQEk.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-SIWx03iAystCj-zS1vACr.png"/>
+                  <wp:docPr id="14" name="image-ccUilddlRc0xfpUXclTTr.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-SIWx03iAystCj-zS1vACr.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-ccUilddlRc0xfpUXclTTr.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-Zt9JRtVVmmtC_7mI106HA.png"/>
+                  <wp:docPr id="16" name="image-fG1CpvNtibSQx5-e4O18V.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-Zt9JRtVVmmtC_7mI106HA.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-fG1CpvNtibSQx5-e4O18V.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-vrkHGuiEl4idFoxxXnKHU.png"/>
+                  <wp:docPr id="18" name="image-zwR9_oXR5kMcnKtr05QQz.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-vrkHGuiEl4idFoxxXnKHU.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-zwR9_oXR5kMcnKtr05QQz.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-_HZnE6eiEKdTbOwzlq_e_.png"/>
+            <wp:docPr id="20" name="image-ICP9chkAHVFI6UMMVkg2F.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-_HZnE6eiEKdTbOwzlq_e_.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-ICP9chkAHVFI6UMMVkg2F.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fWyf-ZdqzPvi2aJoMimRv.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_HZnE6eiEKdTbOwzlq_e_.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_aUkiOMKx8dByG74WCoqE.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-FU8cWzT4q5AB4Yhg8j1-E.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-vPjQZsA7qUKnNpAnpOHkb.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qCHaZxbj64m28Hiqaoj2F.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-SCAKGI5gFgWklKAQ11Ll2.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zZWdrf0KpIwx1aSNcnV0J.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Tc5bomV7CUQcvmuGYAu-H.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-jJdsCp3ksQhCBREAl3tyV.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ItRd_R_NyxGUSwxf9aRF9.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-46QulkDa743kJq0Rq6A4a.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-lO5wykxbH-EJxO7HJXA5P.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-OqanRpQhFRDRhJgsegQEk.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-cH5oDAUs55A5xLjzD4a72.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ccUilddlRc0xfpUXclTTr.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-iBGf8Ms2ZRmF6NQS1-qYe.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fG1CpvNtibSQx5-e4O18V.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KjNi0MB2Stuuze4-Sa9PF.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zwR9_oXR5kMcnKtr05QQz.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rV5JBE3ZVycMCZsqj1jDZ.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ICP9chkAHVFI6UMMVkg2F.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>