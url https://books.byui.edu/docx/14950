--- v2 (2025-12-10)
+++ v3 (2026-01-18)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-FU8cWzT4q5AB4Yhg8j1-E.png"/>
+            <wp:docPr id="2" name="image-dS6pRH0CdBV3KfQycSQCv.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-FU8cWzT4q5AB4Yhg8j1-E.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-dS6pRH0CdBV3KfQycSQCv.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-qCHaZxbj64m28Hiqaoj2F.png"/>
+            <wp:docPr id="4" name="image-mHiXqhmJ3U94Syk7_ddf9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-qCHaZxbj64m28Hiqaoj2F.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-mHiXqhmJ3U94Syk7_ddf9.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-zZWdrf0KpIwx1aSNcnV0J.png"/>
+            <wp:docPr id="6" name="image-O14XgjgnCe0zz4yE4DkAL.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-zZWdrf0KpIwx1aSNcnV0J.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-O14XgjgnCe0zz4yE4DkAL.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-jJdsCp3ksQhCBREAl3tyV.png"/>
+                  <wp:docPr id="8" name="image-KLVlG4eLsI9DNVbLoSwJ_.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-jJdsCp3ksQhCBREAl3tyV.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-KLVlG4eLsI9DNVbLoSwJ_.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-46QulkDa743kJq0Rq6A4a.png"/>
+                  <wp:docPr id="10" name="image-zg9A8o2NuIWubDJyQmBOg.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-46QulkDa743kJq0Rq6A4a.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-zg9A8o2NuIWubDJyQmBOg.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-OqanRpQhFRDRhJgsegQEk.png"/>
+                  <wp:docPr id="12" name="image-RnpdXyoS0Jo1IZ0Zd3xlJ.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-OqanRpQhFRDRhJgsegQEk.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-RnpdXyoS0Jo1IZ0Zd3xlJ.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-ccUilddlRc0xfpUXclTTr.png"/>
+                  <wp:docPr id="14" name="image-3Hd8EbXXPW5izX-ssaVsD.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-ccUilddlRc0xfpUXclTTr.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-3Hd8EbXXPW5izX-ssaVsD.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-fG1CpvNtibSQx5-e4O18V.png"/>
+                  <wp:docPr id="16" name="image-bDGZckRvVkPBnIGvYpWHX.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-fG1CpvNtibSQx5-e4O18V.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-bDGZckRvVkPBnIGvYpWHX.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-zwR9_oXR5kMcnKtr05QQz.png"/>
+                  <wp:docPr id="18" name="image-lCkamCnepywydg9bKK0iJ.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-zwR9_oXR5kMcnKtr05QQz.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-lCkamCnepywydg9bKK0iJ.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-ICP9chkAHVFI6UMMVkg2F.png"/>
+            <wp:docPr id="20" name="image-poFtWZfvrqmZAgNTYnoBR.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-ICP9chkAHVFI6UMMVkg2F.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-poFtWZfvrqmZAgNTYnoBR.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_aUkiOMKx8dByG74WCoqE.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ICP9chkAHVFI6UMMVkg2F.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hS4DyHIbyo5yhsJdU5eCj.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-dS6pRH0CdBV3KfQycSQCv.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-IT3ojCAbCRtlCIzHwmQvS.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mHiXqhmJ3U94Syk7_ddf9.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fQYV35W7IkVqTaFlz4axP.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-O14XgjgnCe0zz4yE4DkAL.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-vlHyt82_wxn6YJXOG4NHq.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KLVlG4eLsI9DNVbLoSwJ_.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kM98XUONhmbnDN7EisK4y.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zg9A8o2NuIWubDJyQmBOg.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-tldms8BL5k9fHrvbMyNOx.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RnpdXyoS0Jo1IZ0Zd3xlJ.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-SrfdYREBRrVriDqbQ2eOs.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3Hd8EbXXPW5izX-ssaVsD.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-CTl9H9AKtrdyR_PuJUl-j.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-bDGZckRvVkPBnIGvYpWHX.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-GvlU3QyIgmdXqorUEkOwk.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-lCkamCnepywydg9bKK0iJ.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-6hugj5uaGl15DSu2v1UaL.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-poFtWZfvrqmZAgNTYnoBR.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>