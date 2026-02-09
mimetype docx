--- v3 (2026-01-18)
+++ v4 (2026-02-09)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-dS6pRH0CdBV3KfQycSQCv.png"/>
+            <wp:docPr id="2" name="image-uNuoSeGQGJAdqo25amg93.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-dS6pRH0CdBV3KfQycSQCv.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-uNuoSeGQGJAdqo25amg93.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-mHiXqhmJ3U94Syk7_ddf9.png"/>
+            <wp:docPr id="4" name="image-6sqf-tFcncoO7UQ8QMRwJ.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-mHiXqhmJ3U94Syk7_ddf9.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-6sqf-tFcncoO7UQ8QMRwJ.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-O14XgjgnCe0zz4yE4DkAL.png"/>
+            <wp:docPr id="6" name="image-VtHIq6Eu9anYhfw-qwMVD.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-O14XgjgnCe0zz4yE4DkAL.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-VtHIq6Eu9anYhfw-qwMVD.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-KLVlG4eLsI9DNVbLoSwJ_.png"/>
+                  <wp:docPr id="8" name="image-3oaO3LvxhzWmuOGLkAGqS.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-KLVlG4eLsI9DNVbLoSwJ_.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-3oaO3LvxhzWmuOGLkAGqS.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-zg9A8o2NuIWubDJyQmBOg.png"/>
+                  <wp:docPr id="10" name="image-4PpmDlM9V633z06-OI_xj.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-zg9A8o2NuIWubDJyQmBOg.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-4PpmDlM9V633z06-OI_xj.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-RnpdXyoS0Jo1IZ0Zd3xlJ.png"/>
+                  <wp:docPr id="12" name="image-9f0TQ0CS5R0WFDL2X6E5u.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-RnpdXyoS0Jo1IZ0Zd3xlJ.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-9f0TQ0CS5R0WFDL2X6E5u.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-3Hd8EbXXPW5izX-ssaVsD.png"/>
+                  <wp:docPr id="14" name="image-XhA5QpcRly-vwz_-0kuh3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-3Hd8EbXXPW5izX-ssaVsD.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-XhA5QpcRly-vwz_-0kuh3.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-bDGZckRvVkPBnIGvYpWHX.png"/>
+                  <wp:docPr id="16" name="image-0yrODDFDJ1l2dKYEwpv-Y.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-bDGZckRvVkPBnIGvYpWHX.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-0yrODDFDJ1l2dKYEwpv-Y.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-lCkamCnepywydg9bKK0iJ.png"/>
+                  <wp:docPr id="18" name="image-sF-6BJlZ18zkmRXlsYcJ6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-lCkamCnepywydg9bKK0iJ.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-sF-6BJlZ18zkmRXlsYcJ6.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-poFtWZfvrqmZAgNTYnoBR.png"/>
+            <wp:docPr id="20" name="image-aJjLBU3e6hg0PmPRY61NV.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-poFtWZfvrqmZAgNTYnoBR.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-aJjLBU3e6hg0PmPRY61NV.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hS4DyHIbyo5yhsJdU5eCj.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-poFtWZfvrqmZAgNTYnoBR.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ND5OPHMKw_TMVWEKzXQbA.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-uNuoSeGQGJAdqo25amg93.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-m9GKQXSEDC6CWIhgAmQem.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-6sqf-tFcncoO7UQ8QMRwJ.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-pe6HNaFlWhCmJ8QkhR--S.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-VtHIq6Eu9anYhfw-qwMVD.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-WGtnpCdatnx_Rd0rAhwfl.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3oaO3LvxhzWmuOGLkAGqS.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-MPWbU1yMBDkYBr6UUCO2x.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-4PpmDlM9V633z06-OI_xj.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-h45fhudFvwBT-1fqdiYgl.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-9f0TQ0CS5R0WFDL2X6E5u.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-T5sgaSXfSYvsdgcq_0DIL.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-XhA5QpcRly-vwz_-0kuh3.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-utQYjtZi1CvPbgEkwYw7M.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-0yrODDFDJ1l2dKYEwpv-Y.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-MpUFI3gGTuehmq7vORvbr.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-sF-6BJlZ18zkmRXlsYcJ6.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ycukXNgYx_Ynkbao4tt6k.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aJjLBU3e6hg0PmPRY61NV.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>