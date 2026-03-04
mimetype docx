--- v4 (2026-02-09)
+++ v5 (2026-03-04)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-uNuoSeGQGJAdqo25amg93.png"/>
+            <wp:docPr id="2" name="image-gCsnz2eLHFPk7ugZN_LLR.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-uNuoSeGQGJAdqo25amg93.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-gCsnz2eLHFPk7ugZN_LLR.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-6sqf-tFcncoO7UQ8QMRwJ.png"/>
+            <wp:docPr id="4" name="image-2nJOkQMuni2SmYstun75y.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-6sqf-tFcncoO7UQ8QMRwJ.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-2nJOkQMuni2SmYstun75y.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-VtHIq6Eu9anYhfw-qwMVD.png"/>
+            <wp:docPr id="6" name="image-wN4hdhO1HfjAh5hRsNQym.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-VtHIq6Eu9anYhfw-qwMVD.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-wN4hdhO1HfjAh5hRsNQym.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-3oaO3LvxhzWmuOGLkAGqS.png"/>
+                  <wp:docPr id="8" name="image-NZaHF14D5xTZNffHhBkhR.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-3oaO3LvxhzWmuOGLkAGqS.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-NZaHF14D5xTZNffHhBkhR.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-4PpmDlM9V633z06-OI_xj.png"/>
+                  <wp:docPr id="10" name="image-NZ-LJlPGMQfyuasEkmrTN.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-4PpmDlM9V633z06-OI_xj.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-NZ-LJlPGMQfyuasEkmrTN.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-9f0TQ0CS5R0WFDL2X6E5u.png"/>
+                  <wp:docPr id="12" name="image-93llae03RisOstDhSzjEj.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-9f0TQ0CS5R0WFDL2X6E5u.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-93llae03RisOstDhSzjEj.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-XhA5QpcRly-vwz_-0kuh3.png"/>
+                  <wp:docPr id="14" name="image-Z_NIy7xCX23YAkI3hOE61.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-XhA5QpcRly-vwz_-0kuh3.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-Z_NIy7xCX23YAkI3hOE61.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-0yrODDFDJ1l2dKYEwpv-Y.png"/>
+                  <wp:docPr id="16" name="image-P8uTQfy3xvbNUmf-fbJ3y.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-0yrODDFDJ1l2dKYEwpv-Y.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-P8uTQfy3xvbNUmf-fbJ3y.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-sF-6BJlZ18zkmRXlsYcJ6.png"/>
+                  <wp:docPr id="18" name="image-3MvAUK9JRO1f-tP4nRoli.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-sF-6BJlZ18zkmRXlsYcJ6.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-3MvAUK9JRO1f-tP4nRoli.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-aJjLBU3e6hg0PmPRY61NV.png"/>
+            <wp:docPr id="20" name="image-fwt0GJFada2A8u0vgZ6gi.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-aJjLBU3e6hg0PmPRY61NV.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-fwt0GJFada2A8u0vgZ6gi.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ND5OPHMKw_TMVWEKzXQbA.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aJjLBU3e6hg0PmPRY61NV.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-6_VWa9gWAklHNgjA7Zu5S.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gCsnz2eLHFPk7ugZN_LLR.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Ln0PcMKSUQ7UZACwGcc0G.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2nJOkQMuni2SmYstun75y.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-d1h6ur3qA6wHWv9PQG199.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-wN4hdhO1HfjAh5hRsNQym.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hPASC4PzVMOlppRBLlcZ7.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-NZaHF14D5xTZNffHhBkhR.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-imvT5d_eK8lcJvRYMyUmq.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-NZ-LJlPGMQfyuasEkmrTN.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mafZtT1oE7g_7S0XKyCsf.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-93llae03RisOstDhSzjEj.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kfQsEntVXP-Hc4J2fjIG-.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Z_NIy7xCX23YAkI3hOE61.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-CqIT7-kpY9clZuZv_EOqE.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-P8uTQfy3xvbNUmf-fbJ3y.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-4WbhUdANj8zX7IqFgTMnW.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3MvAUK9JRO1f-tP4nRoli.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-cWyGAUh5EbPdEIOaOMZXb.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fwt0GJFada2A8u0vgZ6gi.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>