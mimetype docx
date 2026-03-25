--- v5 (2026-03-04)
+++ v6 (2026-03-25)
@@ -686,56 +686,56 @@
         <w:t xml:space="preserve">Le garçon voit la fille</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="1885950" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-gCsnz2eLHFPk7ugZN_LLR.png"/>
+            <wp:docPr id="2" name="image-aCmdbUdHQC6FKstXjrCDc.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-gCsnz2eLHFPk7ugZN_LLR.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
+                    <pic:cNvPr id="2" name="image-aCmdbUdHQC6FKstXjrCDc.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,95 +832,95 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le garçon voit la fille du bâtiment</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="2295525"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-2nJOkQMuni2SmYstun75y.png"/>
+            <wp:docPr id="4" name="image-qKcJXKk4kBvwBxUxqwl54.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-2nJOkQMuni2SmYstun75y.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="4" name="image-qKcJXKk4kBvwBxUxqwl54.png" descr="Arbre syntaxique pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="3295650" cy="1962150"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-wN4hdhO1HfjAh5hRsNQym.png"/>
+            <wp:docPr id="6" name="image-3lub248quJFbmriWOSKR6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-wN4hdhO1HfjAh5hRsNQym.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
+                    <pic:cNvPr id="6" name="image-3lub248quJFbmriWOSKR6.png" descr="Arbre syntaxique alternatif pour la phrase &quot;Le garçon voit la fille du bâtiment&quot;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3295650" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1197,157 +1197,157 @@
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="2196383"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image-NZaHF14D5xTZNffHhBkhR.png"/>
+                  <wp:docPr id="8" name="image-wEOlDvnqakEBiR4F3AiQc.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="image-NZaHF14D5xTZNffHhBkhR.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
+                          <pic:cNvPr id="8" name="image-wEOlDvnqakEBiR4F3AiQc.png" descr="Arbre syntaxique pour Elle a une très grande maison"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="2196383"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1628528"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image-NZ-LJlPGMQfyuasEkmrTN.png"/>
+                  <wp:docPr id="10" name="image-fUgv35JnU7whNt2PEtMjh.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="10" name="image-NZ-LJlPGMQfyuasEkmrTN.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
+                          <pic:cNvPr id="10" name="image-fUgv35JnU7whNt2PEtMjh.png" descr="Arbre syntaxique pour Mon père me critique trop souvent"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1628528"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1421476"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image-93llae03RisOstDhSzjEj.png"/>
+                  <wp:docPr id="12" name="image-4Nl2jEryzbajPQ9Ih9D6a.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="image-93llae03RisOstDhSzjEj.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
+                          <pic:cNvPr id="12" name="image-4Nl2jEryzbajPQ9Ih9D6a.png" descr="Arbre syntaxique pour Le chat et le chien sont adorables"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1421476"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -1356,157 +1356,157 @@
             <w:r>
               <w:rPr/>
               <w:br w:type="textWrapping"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1857054"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image-Z_NIy7xCX23YAkI3hOE61.png"/>
+                  <wp:docPr id="14" name="image-PQxtlrLGnUURBTefBU0A8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="14" name="image-Z_NIy7xCX23YAkI3hOE61.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
+                          <pic:cNvPr id="14" name="image-PQxtlrLGnUURBTefBU0A8.png" descr="Arbre syntaxique pour Il faut que la directrice le sache"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1857054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2743200" cy="1523298"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image-P8uTQfy3xvbNUmf-fbJ3y.png"/>
+                  <wp:docPr id="16" name="image-LghA6YYiAcms0KCmSeCvJ.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="16" name="image-P8uTQfy3xvbNUmf-fbJ3y.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
+                          <pic:cNvPr id="16" name="image-LghA6YYiAcms0KCmSeCvJ.png" descr="Arbre syntaxique pour Je veux poser une question à mon professeur"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2743200" cy="1523298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="0" distL="0" distR="0" distT="0">
                   <wp:extent cx="2152650" cy="2628900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image-3MvAUK9JRO1f-tP4nRoli.png"/>
+                  <wp:docPr id="18" name="image-a6tDwUcpJ_mgosIMAKD3d.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="18" name="image-3MvAUK9JRO1f-tP4nRoli.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
+                          <pic:cNvPr id="18" name="image-a6tDwUcpJ_mgosIMAKD3d.png" descr="Arbre syntaxique pour Elle a envie de le faire"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152650" cy="2628900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2022,56 +2022,56 @@
         <w:t xml:space="preserve">Le pilote ferme la porte</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. Cette structure corréspond à quelle interprétation ('La porte est fermée par le pilote' ou 'Elle est portée par le pilote ferme') ? Dessinez un arbre qui représente l'autre structure possible.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="2257425" cy="1628775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image-fwt0GJFada2A8u0vgZ6gi.png"/>
+            <wp:docPr id="20" name="image-dLtC49G0pmQzafws_aECS.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="image-fwt0GJFada2A8u0vgZ6gi.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
+                    <pic:cNvPr id="20" name="image-dLtC49G0pmQzafws_aECS.png" descr="arbre syntaxique pour Le pilote ferme la porte"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2257425" cy="1628775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3454,70 +3454,70 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-6_VWa9gWAklHNgjA7Zu5S.png" TargetMode="Internal"/>
-[...18 lines deleted...]
-  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fwt0GJFada2A8u0vgZ6gi.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-V6--U-Xy5qTnQI2dQFzpn.png" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aCmdbUdHQC6FKstXjrCDc.png" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-GR4ed85LIXMllxIVEGG0m.png" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qKcJXKk4kBvwBxUxqwl54.png" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-IYxbp3vxbSJHienJgUWuu.png" TargetMode="Internal"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3lub248quJFbmriWOSKR6.png" TargetMode="Internal"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8s74c3FpXsJcZlU4KZ_8D.png" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-wEOlDvnqakEBiR4F3AiQc.png" TargetMode="Internal"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JADXXQ5HSUoRCfFCfCqXX.png" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fUgv35JnU7whNt2PEtMjh.png" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mLBqbJLiCzq3t8_qaeDDi.png" TargetMode="Internal"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-4Nl2jEryzbajPQ9Ih9D6a.png" TargetMode="Internal"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-tAED2XesIuifFlK3K2_LO.png" TargetMode="Internal"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-PQxtlrLGnUURBTefBU0A8.png" TargetMode="Internal"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rfAqBI-5G_NwiigxP7fjP.png" TargetMode="Internal"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-LghA6YYiAcms0KCmSeCvJ.png" TargetMode="Internal"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-VfzwSmnIzx0sykfMgVJva.png" TargetMode="Internal"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-a6tDwUcpJ_mgosIMAKD3d.png" TargetMode="Internal"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-wbdMCVOZQPu0ey3AJOkss.png" TargetMode="Internal"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-dLtC49G0pmQzafws_aECS.png" TargetMode="Internal"/>
   <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=93sK4jTGrss" TargetMode="External"/>
   <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=B1r1grQiLdk" TargetMode="External"/>
   <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=n1zpnN-6pZQ" TargetMode="External"/>
   <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/linguistique/phrases" TargetMode="External"/>
   <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>