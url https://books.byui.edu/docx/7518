--- v0 (2026-02-07)
+++ v1 (2026-03-12)
@@ -236,56 +236,56 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The figure below shows what happens to red blood cells when they are placed into hypertonic, isotonic, or hypotonic solutions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5267325" cy="2762250"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image-cpIXnW0v51Krdede3RR3r.png"/>
+            <wp:docPr id="1" name="image-c9bIe9Fe9KZCMwoDZuYnH.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="image-cpIXnW0v51Krdede3RR3r.png" descr="Hypertonic, Isotonic,Hypotonic"/>
+                    <pic:cNvPr id="1" name="image-c9bIe9Fe9KZCMwoDZuYnH.png" descr="Hypertonic, Isotonic,Hypotonic"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5267325" cy="2762250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1447,51 +1447,51 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-cpIXnW0v51Krdede3RR3r.png" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-c9bIe9Fe9KZCMwoDZuYnH.png" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=H6N1IiJTmnc" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/" TargetMode="External"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/" TargetMode="External"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/bio_180/1111___osmosis" TargetMode="External"/>
   <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>