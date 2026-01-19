--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -39,56 +39,56 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3.21 Mother Earth</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Learning Objective:  • Describe the development of Earth’s climate (in terms of states, transitions, and speciﬁc carbon sources and sinks) from the mid-Paleozoic greenhouse, through the climate transition that produced the late Paleozoic icehouse, then through the transition that produced the Mesozoic greenhouse, and ﬁnally through the transition that produced the modern Late Cenozoic icehouse.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="762000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image-pVz-sacqpFvUASXnJftp5.jpeg"/>
+            <wp:docPr id="1" name="image--9hCYlnwMYCPAB281liQH.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="image-pVz-sacqpFvUASXnJftp5.jpeg" descr="Banner.jpg"/>
+                    <pic:cNvPr id="1" name="image--9hCYlnwMYCPAB281liQH.jpeg" descr="Banner.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -140,56 +140,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Today, Earth’s climate lies near the cold end of the icehouse state, but rock bodies across the planet record that Earth was in an extreme greenhouse state in the early Cenozoic. These extremely diﬀerent climates become readily apparent when comparing present organisms to those that inhabited western Wyoming during the 50-Mya extreme greenhouse. Today, the area is a cold high desert inhabited by organisms like sagebrush, juniper, rabbits, and antelope. Earlier, this area was hot, humid, and hosted subtropical organisms, which were exquisitely preserved in the sedimentary time capsule of an ancient lake. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.39 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows a few of these fossilized organisms, which you can observe in the Visitor’s Center at Fossil Butte National Monument.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="2365972"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-QHGUKgN6MKsodoPHy9AV3.jpeg"/>
+            <wp:docPr id="2" name="image-_8gkhWZ7mBKe7K8m3nylx.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-QHGUKgN6MKsodoPHy9AV3.jpeg" descr="Various fossils found in the Wyoming area."/>
+                    <pic:cNvPr id="2" name="image-_8gkhWZ7mBKe7K8m3nylx.jpeg" descr="Various fossils found in the Wyoming area."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="2365972"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -241,56 +241,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, global climate tends towards the upper and lower limits of planetary habitability. At these extremes opposing processes dynamically maintain a fairly constant climate, often for relatively long periods. Today, global climate lies at the cool end of habitability, in the icehouse state. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.41 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows the climate states we will use to explore how carbon-transfer events produced Earth’s recent climate history from the mid-Paleozoic to today. Our exploration will provide you with the opportunity to deepen your intuition about the lawful nature of broad-scale transitions between greenhouse and icehouse climate states. Take a moment to correlate the events represented by the two ﬁgures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="2253996"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image-Vv7cTSkCd568TFV3Mrirs.jpeg"/>
+            <wp:docPr id="3" name="image-W9Cc1utRrpU0-FLE2T5kJ.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="image-Vv7cTSkCd568TFV3Mrirs.jpeg" descr="A graph showing that warming and cooling of the earth throughout all the geographical eras."/>
+                    <pic:cNvPr id="3" name="image-W9Cc1utRrpU0-FLE2T5kJ.jpeg" descr="A graph showing that warming and cooling of the earth throughout all the geographical eras."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="2253996"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -304,56 +304,56 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Broad-scale climate history of Earth. The ﬁgure also shows both the more-detailed and averaged (light gray) cooling paths that produced today’s icehouse Earth. Note that extreme climate states dominate Earth’s climate history. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">(Global temperature through time, Author illustration, created as a work for hire by Eden Platt after image by Christopher R. Scotese, https://bit.ly/37DRrY2. Licensed as CC-BY-SA-3.0.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="1184148"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-VlaQojvMLnK0IG4lMeQG-.jpeg"/>
+            <wp:docPr id="4" name="image-fff8WGRtLitpx6GXuMRnD.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-VlaQojvMLnK0IG4lMeQG-.jpeg" descr="Various transitions of the earth going through the greenhouse state and icehouse state throughout time."/>
+                    <pic:cNvPr id="4" name="image-fff8WGRtLitpx6GXuMRnD.jpeg" descr="Various transitions of the earth going through the greenhouse state and icehouse state throughout time."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="1184148"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -446,56 +446,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">). During this icehouse state, Earth experienced the fourth of its ﬁve large ice ages. (The ﬁrst two ice ages were the Snowball Earth events we discussed earlier, the third ended the early Paleozoic (Ordovician), and we inhabit the ﬁfth ice age; see </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.40</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3072384"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="5" name="image-rWluUfiV7s6A8rAukrYoI.jpeg"/>
+            <wp:docPr id="5" name="image-rvID52Ej5dy3PPTBMf8I5.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="image-rWluUfiV7s6A8rAukrYoI.jpeg" descr="A painting of the late Paleozoic swampland with insects and amphibians."/>
+                    <pic:cNvPr id="5" name="image-rvID52Ej5dy3PPTBMf8I5.jpeg" descr="A painting of the late Paleozoic swampland with insects and amphibians."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3072384"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -815,56 +815,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> that sustained a hot humid climate for most of the next 200 My (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.40</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3948974"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-FkGjSkadIpREjNjSPRVtf.jpeg"/>
+            <wp:docPr id="6" name="image-2ElAjPIDfixycU4N9W2N_.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-FkGjSkadIpREjNjSPRVtf.jpeg" descr="Painting of two dinosaurs hunting"/>
+                    <pic:cNvPr id="6" name="image-2ElAjPIDfixycU4N9W2N_.jpeg" descr="Painting of two dinosaurs hunting"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3948974"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1013,56 +1013,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cenozoic mountain building ended the Mesozoic greenhouse. As the southern part of the supercontinent Pangaea split, Africa and India began moving northward. Then, after ~50 Mya they began to collide with Eurasia. These tectonic movements, illustrated in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.44 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">formed a large east-west belt of mountains that extends from Spain to China and includes the Pyrenees, Alps, and Himalayas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="1796796"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="7" name="image-nmlNFD1VRBfrdXY99Nyoo.jpeg"/>
+            <wp:docPr id="7" name="image-a9TPofCz5vO583NtBE2LK.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="7" name="image-nmlNFD1VRBfrdXY99Nyoo.jpeg" descr="Various paleogeographic maps that show the progressive movement of continents from the latest Paleozoic to today."/>
+                    <pic:cNvPr id="7" name="image-a9TPofCz5vO583NtBE2LK.jpeg" descr="Various paleogeographic maps that show the progressive movement of continents from the latest Paleozoic to today."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="1796796"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1104,56 +1104,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">After the end-Mesozoic extinction of ﬂightless dinosaurs, mammals radiated into vacated environmental niches. Earth’s subsequent transition to cooler drier climates caused organisms to further adapt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.45 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows some of the resulting organisms. By ~5 Mya, continued cooling and drying caused forests to recede and Earth’s ﬁrst true grasslands to emerge.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3586004"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="8" name="image-J-CKBRAnf0wSCCbKIfRtc.jpeg"/>
+            <wp:docPr id="8" name="image-DG0NsMv5V4ByycJXJTQLT.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="8" name="image-J-CKBRAnf0wSCCbKIfRtc.jpeg" descr="Painting of a mid-Cenozoic ecosystem in the cool dry interior of North America. "/>
+                    <pic:cNvPr id="8" name="image-DG0NsMv5V4ByycJXJTQLT.jpeg" descr="Painting of a mid-Cenozoic ecosystem in the cool dry interior of North America. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3586004"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1656,61 +1656,61 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-pVz-sacqpFvUASXnJftp5.jpeg" TargetMode="Internal"/>
-[...3 lines deleted...]
-  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rWluUfiV7s6A8rAukrYoI.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image--9hCYlnwMYCPAB281liQH.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_8gkhWZ7mBKe7K8m3nylx.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-W9Cc1utRrpU0-FLE2T5kJ.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fff8WGRtLitpx6GXuMRnD.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rvID52Ej5dy3PPTBMf8I5.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_32.jpg" TargetMode="External"/>
   <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_38.jpg" TargetMode="External"/>
-  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-FkGjSkadIpREjNjSPRVtf.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2ElAjPIDfixycU4N9W2N_.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_38.jpg" TargetMode="External"/>
-  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-nmlNFD1VRBfrdXY99Nyoo.jpeg" TargetMode="Internal"/>
-  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-J-CKBRAnf0wSCCbKIfRtc.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-a9TPofCz5vO583NtBE2LK.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-DG0NsMv5V4ByycJXJTQLT.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/from_atoms_to_humans/321_mother_earth" TargetMode="External"/>
   <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>