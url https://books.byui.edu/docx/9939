--- v1 (2026-01-19)
+++ v2 (2026-02-10)
@@ -39,56 +39,56 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3.21 Mother Earth</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Learning Objective:  • Describe the development of Earth’s climate (in terms of states, transitions, and speciﬁc carbon sources and sinks) from the mid-Paleozoic greenhouse, through the climate transition that produced the late Paleozoic icehouse, then through the transition that produced the Mesozoic greenhouse, and ﬁnally through the transition that produced the modern Late Cenozoic icehouse.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="762000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image--9hCYlnwMYCPAB281liQH.jpeg"/>
+            <wp:docPr id="1" name="image-ZCGHsJUeMD0mJTyCZJZ8y.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="image--9hCYlnwMYCPAB281liQH.jpeg" descr="Banner.jpg"/>
+                    <pic:cNvPr id="1" name="image-ZCGHsJUeMD0mJTyCZJZ8y.jpeg" descr="Banner.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -140,56 +140,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Today, Earth’s climate lies near the cold end of the icehouse state, but rock bodies across the planet record that Earth was in an extreme greenhouse state in the early Cenozoic. These extremely diﬀerent climates become readily apparent when comparing present organisms to those that inhabited western Wyoming during the 50-Mya extreme greenhouse. Today, the area is a cold high desert inhabited by organisms like sagebrush, juniper, rabbits, and antelope. Earlier, this area was hot, humid, and hosted subtropical organisms, which were exquisitely preserved in the sedimentary time capsule of an ancient lake. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.39 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows a few of these fossilized organisms, which you can observe in the Visitor’s Center at Fossil Butte National Monument.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="2365972"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image-_8gkhWZ7mBKe7K8m3nylx.jpeg"/>
+            <wp:docPr id="2" name="image-A9AKztFh5S584-AOTDaB2.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image-_8gkhWZ7mBKe7K8m3nylx.jpeg" descr="Various fossils found in the Wyoming area."/>
+                    <pic:cNvPr id="2" name="image-A9AKztFh5S584-AOTDaB2.jpeg" descr="Various fossils found in the Wyoming area."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="2365972"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -241,56 +241,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, global climate tends towards the upper and lower limits of planetary habitability. At these extremes opposing processes dynamically maintain a fairly constant climate, often for relatively long periods. Today, global climate lies at the cool end of habitability, in the icehouse state. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.41 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows the climate states we will use to explore how carbon-transfer events produced Earth’s recent climate history from the mid-Paleozoic to today. Our exploration will provide you with the opportunity to deepen your intuition about the lawful nature of broad-scale transitions between greenhouse and icehouse climate states. Take a moment to correlate the events represented by the two ﬁgures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="2253996"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image-W9Cc1utRrpU0-FLE2T5kJ.jpeg"/>
+            <wp:docPr id="3" name="image-hD-iHeN2htl0LFQM8dSFp.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="image-W9Cc1utRrpU0-FLE2T5kJ.jpeg" descr="A graph showing that warming and cooling of the earth throughout all the geographical eras."/>
+                    <pic:cNvPr id="3" name="image-hD-iHeN2htl0LFQM8dSFp.jpeg" descr="A graph showing that warming and cooling of the earth throughout all the geographical eras."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="2253996"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -304,56 +304,56 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Broad-scale climate history of Earth. The ﬁgure also shows both the more-detailed and averaged (light gray) cooling paths that produced today’s icehouse Earth. Note that extreme climate states dominate Earth’s climate history. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">(Global temperature through time, Author illustration, created as a work for hire by Eden Platt after image by Christopher R. Scotese, https://bit.ly/37DRrY2. Licensed as CC-BY-SA-3.0.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="1184148"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image-fff8WGRtLitpx6GXuMRnD.jpeg"/>
+            <wp:docPr id="4" name="image-7MPajO0KPFMWq5CLN9eph.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image-fff8WGRtLitpx6GXuMRnD.jpeg" descr="Various transitions of the earth going through the greenhouse state and icehouse state throughout time."/>
+                    <pic:cNvPr id="4" name="image-7MPajO0KPFMWq5CLN9eph.jpeg" descr="Various transitions of the earth going through the greenhouse state and icehouse state throughout time."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="1184148"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -446,56 +446,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">). During this icehouse state, Earth experienced the fourth of its ﬁve large ice ages. (The ﬁrst two ice ages were the Snowball Earth events we discussed earlier, the third ended the early Paleozoic (Ordovician), and we inhabit the ﬁfth ice age; see </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.40</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3072384"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="5" name="image-rvID52Ej5dy3PPTBMf8I5.jpeg"/>
+            <wp:docPr id="5" name="image-dZt7-DfoKQNP5RuxLsFKV.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="image-rvID52Ej5dy3PPTBMf8I5.jpeg" descr="A painting of the late Paleozoic swampland with insects and amphibians."/>
+                    <pic:cNvPr id="5" name="image-dZt7-DfoKQNP5RuxLsFKV.jpeg" descr="A painting of the late Paleozoic swampland with insects and amphibians."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3072384"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -815,56 +815,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> that sustained a hot humid climate for most of the next 200 My (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.40</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3948974"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image-2ElAjPIDfixycU4N9W2N_.jpeg"/>
+            <wp:docPr id="6" name="image-p-tAEfxA3ZleYzxCVItiX.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image-2ElAjPIDfixycU4N9W2N_.jpeg" descr="Painting of two dinosaurs hunting"/>
+                    <pic:cNvPr id="6" name="image-p-tAEfxA3ZleYzxCVItiX.jpeg" descr="Painting of two dinosaurs hunting"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3948974"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1013,56 +1013,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cenozoic mountain building ended the Mesozoic greenhouse. As the southern part of the supercontinent Pangaea split, Africa and India began moving northward. Then, after ~50 Mya they began to collide with Eurasia. These tectonic movements, illustrated in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.44 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">formed a large east-west belt of mountains that extends from Spain to China and includes the Pyrenees, Alps, and Himalayas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="1796796"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="7" name="image-a9TPofCz5vO583NtBE2LK.jpeg"/>
+            <wp:docPr id="7" name="image-moiKi1UfxnE3AuDtO0_i_.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="7" name="image-a9TPofCz5vO583NtBE2LK.jpeg" descr="Various paleogeographic maps that show the progressive movement of continents from the latest Paleozoic to today."/>
+                    <pic:cNvPr id="7" name="image-moiKi1UfxnE3AuDtO0_i_.jpeg" descr="Various paleogeographic maps that show the progressive movement of continents from the latest Paleozoic to today."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="1796796"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1104,56 +1104,56 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">After the end-Mesozoic extinction of ﬂightless dinosaurs, mammals radiated into vacated environmental niches. Earth’s subsequent transition to cooler drier climates caused organisms to further adapt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 3.45 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">shows some of the resulting organisms. By ~5 Mya, continued cooling and drying caused forests to recede and Earth’s ﬁrst true grasslands to emerge.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distL="0" distR="0" distT="0">
             <wp:extent cx="5486400" cy="3586004"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="8" name="image-DG0NsMv5V4ByycJXJTQLT.jpeg"/>
+            <wp:docPr id="8" name="image-kTt0yzEYE-DuGRDjfR32h.jpeg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="8" name="image-DG0NsMv5V4ByycJXJTQLT.jpeg" descr="Painting of a mid-Cenozoic ecosystem in the cool dry interior of North America. "/>
+                    <pic:cNvPr id="8" name="image-kTt0yzEYE-DuGRDjfR32h.jpeg" descr="Painting of a mid-Cenozoic ecosystem in the cool dry interior of North America. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" cstate="print"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="3586004"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1656,61 +1656,61 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image--9hCYlnwMYCPAB281liQH.jpeg" TargetMode="Internal"/>
-[...3 lines deleted...]
-  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rvID52Ej5dy3PPTBMf8I5.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ZCGHsJUeMD0mJTyCZJZ8y.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-A9AKztFh5S584-AOTDaB2.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hD-iHeN2htl0LFQM8dSFp.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-7MPajO0KPFMWq5CLN9eph.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-dZt7-DfoKQNP5RuxLsFKV.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_32.jpg" TargetMode="External"/>
   <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_38.jpg" TargetMode="External"/>
-  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2ElAjPIDfixycU4N9W2N_.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-p-tAEfxA3ZleYzxCVItiX.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/content_images/from_atoms_to_humans/Figure_3_38.jpg" TargetMode="External"/>
-  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-a9TPofCz5vO583NtBE2LK.jpeg" TargetMode="Internal"/>
-  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-DG0NsMv5V4ByycJXJTQLT.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-moiKi1UfxnE3AuDtO0_i_.jpeg" TargetMode="Internal"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kTt0yzEYE-DuGRDjfR32h.jpeg" TargetMode="Internal"/>
   <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.byui.edu/from_atoms_to_humans/321_mother_earth" TargetMode="External"/>
   <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>